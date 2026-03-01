--- v0 (2025-11-29)
+++ v1 (2026-03-01)
@@ -1,130 +1,133 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29530"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Angel Soto\Escritorio Local\Portal de Transparencia DPP\Datos Portal\Ejecucion DPP año  2025\DATOS ABIERTOS\ESTADISTICAS SAIP\2025\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{18469172-4BC5-43E7-B7C8-F62BFA120C36}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{1C2B8BE0-4642-473F-B7E9-A3C018AC65F7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Hoja1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="257" uniqueCount="17">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="275" uniqueCount="18">
   <si>
     <t>Cantidad</t>
   </si>
   <si>
     <t>Cambiada a otra institución</t>
   </si>
   <si>
     <t xml:space="preserve">Pendientes </t>
   </si>
   <si>
     <t xml:space="preserve">Recibidas </t>
   </si>
   <si>
     <t>Respondidas</t>
   </si>
   <si>
     <t xml:space="preserve">Rechazadas </t>
   </si>
   <si>
     <t xml:space="preserve">Resueltas </t>
   </si>
   <si>
     <t>Año</t>
   </si>
   <si>
     <t>Tipo Solicitud</t>
   </si>
   <si>
     <t>Trimestre</t>
   </si>
   <si>
     <t>1er Trimestre</t>
   </si>
   <si>
     <t>2do Trimestre</t>
   </si>
   <si>
     <t>Porcentaje Cumplimiento</t>
   </si>
   <si>
     <t>N/A</t>
   </si>
   <si>
     <t>3er Trimestre</t>
   </si>
   <si>
     <t>4to Trimestre</t>
   </si>
   <si>
     <t>3er. Trimestre</t>
+  </si>
+  <si>
+    <t>4to. Trimestre</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -485,54 +488,54 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:E91"/>
+  <dimension ref="A1:E97"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A19" workbookViewId="0">
-      <selection activeCell="D96" sqref="D96"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="F97" sqref="F97"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="25.26953125" customWidth="1"/>
     <col min="3" max="3" width="13.26953125" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="24" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A1" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C1" t="s">
         <v>9</v>
       </c>
       <c r="D1" t="s">
         <v>12</v>
       </c>
       <c r="E1" t="s">
         <v>7</v>
       </c>
@@ -2042,50 +2045,152 @@
       </c>
       <c r="C90" t="s">
         <v>16</v>
       </c>
       <c r="D90" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E90" s="5">
         <v>2025</v>
       </c>
     </row>
     <row r="91" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A91" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B91" s="2">
         <v>0</v>
       </c>
       <c r="C91" t="s">
         <v>16</v>
       </c>
       <c r="D91" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E91" s="5">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="92" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A92" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="B92" s="2">
+        <v>0</v>
+      </c>
+      <c r="C92" t="s">
+        <v>17</v>
+      </c>
+      <c r="D92" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E92" s="5">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="93" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A93" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="B93" s="2">
+        <v>0</v>
+      </c>
+      <c r="C93" t="s">
+        <v>17</v>
+      </c>
+      <c r="D93" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E93" s="5">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="94" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A94" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="B94" s="2">
+        <v>0</v>
+      </c>
+      <c r="C94" t="s">
+        <v>17</v>
+      </c>
+      <c r="D94" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E94" s="5">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="95" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A95" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="B95" s="2">
+        <v>0</v>
+      </c>
+      <c r="C95" t="s">
+        <v>17</v>
+      </c>
+      <c r="D95" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E95" s="5">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="96" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A96" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="B96" s="2">
+        <v>0</v>
+      </c>
+      <c r="C96" t="s">
+        <v>17</v>
+      </c>
+      <c r="D96" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E96" s="5">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="97" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A97" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="B97" s="2">
+        <v>0</v>
+      </c>
+      <c r="C97" t="s">
+        <v>17</v>
+      </c>
+      <c r="D97" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E97" s="5">
         <v>2025</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="2" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>